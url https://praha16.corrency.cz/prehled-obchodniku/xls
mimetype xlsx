--- v0 (2025-10-16)
+++ v1 (2026-02-04)
@@ -7,97 +7,127 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="180">
   <si>
     <t xml:space="preserve">Alžběta Kopřiva - fotografka</t>
   </si>
   <si>
     <t xml:space="preserve">U sanatoria 444/30</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">Andrea Šárovcová - manikúra/pedikúra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Horymírovo náměstí 72/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha - Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
     <t xml:space="preserve">AR Podlahy</t>
   </si>
   <si>
     <t xml:space="preserve">Karlická 834/10</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
     <t xml:space="preserve">Bazén Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">K lázním 9</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">Bella studio - Romana Knoppová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Horymírovo náměstí 72/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 5 Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
     <t xml:space="preserve">BYLO NEBYLO</t>
   </si>
   <si>
     <t xml:space="preserve">Vrážská 357/4</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
     <t xml:space="preserve">Café U nás</t>
   </si>
   <si>
     <t xml:space="preserve">Věštínská 1569</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
@@ -189,80 +219,125 @@
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">JUDO ACADEMY - ZŠ Praha - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">Loučanská 1112/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">Kavárna veselý králíček</t>
+  </si>
+  <si>
+    <t xml:space="preserve">náměstí Osvoboditelů 1371</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Potraviny a Nápoje</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kino Radotín - platba se přijímá max. 15 min. před začátkem představení</t>
   </si>
   <si>
     <t xml:space="preserve">Na Výšince 845/4</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
     <t xml:space="preserve">Kurzy s Lenkou - pro děti v Praze 16 - Lenka Hájková</t>
   </si>
   <si>
     <t xml:space="preserve">náměstí Osvoboditelů 1364/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">Květiny Reliéf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vrážská 1534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostatní zboží a služby</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lékárna - PharmDr. Jana Schwarzová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nýřanská 635/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
     <t xml:space="preserve">Logiscool ZŠ Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">Loučanská 1112/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Masáže - Ing. Tomáš Šobr</t>
   </si>
   <si>
     <t xml:space="preserve">Otínská 489/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
@@ -294,129 +369,159 @@
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
     <t xml:space="preserve">OLYMP FLORBAL - Florbal pro děti - ZŠ Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">Loučanská 1112/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
-    <t xml:space="preserve">PharmDr. Jana Schwarzová</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">15300</t>
+    <t xml:space="preserve">Pinia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vestinska 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 5 - Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Potraviny a Nápoje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Radotínský sportovní klub, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U starého stadiónu 2094/11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 5 - Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Řeznictví, uzenářství - Petr Musil s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Horymírovo náměstí 72/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 5 - Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Potraviny a Nápoje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ski a BikeCentrum Radotín s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Na Betonce 114/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 5 - Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oděvy a Obuv</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skibi s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Na Betonce 114/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oděvy a Obuv, Bytové vybavení, zařízení domácnosti, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sochor Miroslav OPTIK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Náměstí Osvoboditelů 1372</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 5 - Radotín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15200</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Pinia</t>
-[...58 lines deleted...]
-  <si>
     <t xml:space="preserve">Sportovní hala Radotínská</t>
   </si>
   <si>
     <t xml:space="preserve">U starého stadiónu 1585/9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Studio Ego, kadeřnictví - tel: 606 238 855</t>
+  </si>
+  <si>
+    <t xml:space="preserve">náměstí Osvoboditelů 1372</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">Vykoukových 622/2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 - Radotín</t>
   </si>
   <si>
     <t xml:space="preserve">15300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
@@ -986,43 +1091,162 @@
       </c>
       <c r="D28" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>144</v>
       </c>
     </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>179</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>